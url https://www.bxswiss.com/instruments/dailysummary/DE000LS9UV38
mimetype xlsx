--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a6aa57fc6464962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fafd26ba9b24d6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R082427a3b4e6477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774966bd2663485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2403a203888488e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R082427a3b4e6477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce508e7db054c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774966bd2663485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>