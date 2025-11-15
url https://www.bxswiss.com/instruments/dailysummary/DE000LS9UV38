--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fafd26ba9b24d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5beeddcc9a0b448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774966bd2663485f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd285c631db4c26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce508e7db054c24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774966bd2663485f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae24451db9e4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd285c631db4c26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>