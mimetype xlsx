--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5beeddcc9a0b448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e2c3d82cd547a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd285c631db4c26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f258b214924ddf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ae24451db9e4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd285c631db4c26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1827e5a99a314287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f258b214924ddf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>137,709</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,953</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>134,356</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>