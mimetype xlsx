--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e2c3d82cd547a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8037c2dc9bc04446" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f258b214924ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df0921f27d94342"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1827e5a99a314287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f258b214924ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8905caffa85a4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df0921f27d94342" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>138,755</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>