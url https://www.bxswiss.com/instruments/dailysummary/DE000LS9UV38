--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8037c2dc9bc04446" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb23719870844c04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df0921f27d94342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f1d5581748445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8905caffa85a4608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df0921f27d94342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8371a675d3642f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f1d5581748445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Suendenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,352</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>