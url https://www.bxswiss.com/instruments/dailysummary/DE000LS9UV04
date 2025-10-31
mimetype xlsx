--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0236d26a3664938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7629f12b824823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf94ecbbc310c45f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb332b346dd4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0992d880937d43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf94ecbbc310c45f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd4bb5d6a884c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb332b346dd4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>