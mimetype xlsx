--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f7629f12b824823" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b95d76f41784dbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb332b346dd4a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ab7ef22a39425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd4bb5d6a884c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb332b346dd4a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11e96c96cd44bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ab7ef22a39425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>