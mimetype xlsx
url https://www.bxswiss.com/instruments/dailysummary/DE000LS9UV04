--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b95d76f41784dbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6a381e99374df4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0ab7ef22a39425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28bc60d8a9d64d0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11e96c96cd44bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0ab7ef22a39425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2574e2e2aa949e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28bc60d8a9d64d0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>161,879</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>