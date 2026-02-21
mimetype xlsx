--- v3 (2025-12-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff6a381e99374df4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb714277fd96344ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28bc60d8a9d64d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11189c9048c4052"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2574e2e2aa949e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28bc60d8a9d64d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377eb9f0e6d4498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11189c9048c4052" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>165,145</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>