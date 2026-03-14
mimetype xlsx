--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb714277fd96344ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e11f3c59184c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11189c9048c4052"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c3c4eb14de4d53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R377eb9f0e6d4498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11189c9048c4052" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc28455f4114bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c3c4eb14de4d53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien KI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UV04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,730</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>157,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,046</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>