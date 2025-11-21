--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re271fb24728a4950" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a33193c276e4045" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2015556864f4c55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892d1a4192824e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f97d94c4324b33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2015556864f4c55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4ed0f0df9e49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892d1a4192824e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Trading Europe North America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>