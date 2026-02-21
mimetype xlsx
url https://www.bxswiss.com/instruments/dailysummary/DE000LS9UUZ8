--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a33193c276e4045" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c857f9abb04816" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892d1a4192824e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b13c9dfa0543c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4ed0f0df9e49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892d1a4192824e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba699ec96a04510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b13c9dfa0543c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Trading Europe North America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>94,101</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>