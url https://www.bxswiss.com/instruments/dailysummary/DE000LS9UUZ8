--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24c857f9abb04816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41db6d3e1c3a4b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b13c9dfa0543c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586a245d9b8b4b15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba699ec96a04510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b13c9dfa0543c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f64b951a9324a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586a245d9b8b4b15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Trading Europe North America</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>90,431</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,666</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,280</x:t>
-[...144 lines deleted...]
-          <x:t>88,796</x:t>
+          <x:t>87,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>