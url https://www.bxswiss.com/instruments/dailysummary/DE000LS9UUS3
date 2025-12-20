--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3725c3424d6441be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa37951b28c54e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f439f8d9cc8479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631baf8ac17a45dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cc8b7dca2224cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f439f8d9cc8479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d15353ee78948e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631baf8ac17a45dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Caps with potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,147</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>