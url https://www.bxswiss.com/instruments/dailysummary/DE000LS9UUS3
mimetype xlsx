--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa37951b28c54e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71141d9171c4b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631baf8ac17a45dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242b3a9a87014526"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d15353ee78948e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631baf8ac17a45dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dffb9982b074f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242b3a9a87014526" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Caps with potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>