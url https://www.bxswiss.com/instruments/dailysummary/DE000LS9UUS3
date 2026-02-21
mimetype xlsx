--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71141d9171c4b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc22bd1ee194f2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R242b3a9a87014526"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed31b7babdc45ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dffb9982b074f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R242b3a9a87014526" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87386cb0b4c74201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed31b7babdc45ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Caps with potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,629</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>