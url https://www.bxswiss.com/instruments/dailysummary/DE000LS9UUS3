--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dc22bd1ee194f2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de7a35028c14e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ed31b7babdc45ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b59febbde6e4850"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87386cb0b4c74201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ed31b7babdc45ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b8bd3cfa73a46dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b59febbde6e4850" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Caps with potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,094</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>