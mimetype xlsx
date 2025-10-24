--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e28e9021515489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b4e5941d654af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebab08ec2f9b4106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7137b36a348420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08fb9a1e8b2648c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebab08ec2f9b4106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf0a02eb388b47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7137b36a348420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DiVision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>101,793</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,989</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...315 lines deleted...]
-          <x:t>100,404</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,630</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>102,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>