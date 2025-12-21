--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b4e5941d654af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dccd81054f24feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7137b36a348420c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1686c34ff122421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf0a02eb388b47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7137b36a348420c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da738ffafaa42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1686c34ff122421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DiVision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>102,240</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,771</x:t>
-[...382 lines deleted...]
-          <x:t>100,630</x:t>
+          <x:t>102,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>