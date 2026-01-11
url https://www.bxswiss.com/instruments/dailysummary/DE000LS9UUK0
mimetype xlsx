--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dccd81054f24feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f856aa8b60842da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1686c34ff122421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e251d2d8b64721"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da738ffafaa42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1686c34ff122421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151644c7f0c7472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e251d2d8b64721" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DiVision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>