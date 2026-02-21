--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f856aa8b60842da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13261f2f7e4549c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68e251d2d8b64721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8074dcd80d08453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R151644c7f0c7472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68e251d2d8b64721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a84bf09efdf484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8074dcd80d08453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DiVision</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>104,527</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>