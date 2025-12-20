--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R054f017564944dea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d7a34aee924d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aa931226d0040e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra889725a2f0446ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd15c82b5c049ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aa931226d0040e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca834d942394666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra889725a2f0446ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>161,663</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>