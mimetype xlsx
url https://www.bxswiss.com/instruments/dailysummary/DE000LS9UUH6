--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d7a34aee924d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a048a9f85541af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra889725a2f0446ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce52f985170444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ca834d942394666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra889725a2f0446ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f906ae490334dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce52f985170444f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,999</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>