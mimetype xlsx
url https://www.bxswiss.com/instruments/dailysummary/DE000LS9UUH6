--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a048a9f85541af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79af7454779b482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbce52f985170444f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2be3f3cba74428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f906ae490334dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbce52f985170444f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbcdd83365be40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2be3f3cba74428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>International Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>