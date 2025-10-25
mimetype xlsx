--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R690149eb6960473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c745592f2f7422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506e646225ae40b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28307eab344c4fa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbec595e0b3b3465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506e646225ae40b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b8cc93156e4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28307eab344c4fa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autom_S1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>159,261</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>158,791</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,129</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>159,264</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>