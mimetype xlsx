--- v1 (2025-10-25)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c745592f2f7422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc680302193423e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28307eab344c4fa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17d3936b2d04921"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b8cc93156e4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28307eab344c4fa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718572430b18436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17d3936b2d04921" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autom_S1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,389</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>