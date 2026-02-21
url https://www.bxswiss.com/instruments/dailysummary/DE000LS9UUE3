--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc680302193423e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd259c1d63c204563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc17d3936b2d04921"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb901042bb38543fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718572430b18436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc17d3936b2d04921" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7018e442454b46ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb901042bb38543fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autom_S1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>186,779</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>