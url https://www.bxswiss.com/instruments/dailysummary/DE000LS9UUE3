--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd259c1d63c204563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4113fcf1d62c4563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb901042bb38543fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d8a97bf821c4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7018e442454b46ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb901042bb38543fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0d056ff67a147e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d8a97bf821c4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autom_S1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>192,666</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>189,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,675</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>