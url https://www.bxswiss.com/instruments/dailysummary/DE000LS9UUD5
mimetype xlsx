--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd364cac9d2da47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89e0d0430d04116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97bc7d2cd6b3467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb873d262ce64e22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afe562c9a66423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97bc7d2cd6b3467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba42cc29f8a4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb873d262ce64e22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Hedge Fund VIPs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>