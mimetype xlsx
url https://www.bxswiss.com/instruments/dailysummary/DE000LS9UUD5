--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re89e0d0430d04116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231ab78604534f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb873d262ce64e22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302783aef99e4668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ba42cc29f8a4386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb873d262ce64e22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df50f5db7a24508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302783aef99e4668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Hedge Fund VIPs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,872</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>