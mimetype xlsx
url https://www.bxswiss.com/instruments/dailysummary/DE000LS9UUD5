--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231ab78604534f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e345000aeab4c78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302783aef99e4668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d52d9c16eb54532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df50f5db7a24508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302783aef99e4668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d2f48631e64a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d52d9c16eb54532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Hedge Fund VIPs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>