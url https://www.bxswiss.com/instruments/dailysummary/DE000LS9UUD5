--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e345000aeab4c78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5edd747c84402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d52d9c16eb54532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac1dfdf60a8462e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d2f48631e64a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d52d9c16eb54532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21de6c1983e7451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac1dfdf60a8462e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Hedge Fund VIPs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>