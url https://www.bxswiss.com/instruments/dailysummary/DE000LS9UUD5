--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad5edd747c84402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5023c5ced089450b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcac1dfdf60a8462e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0427700618b643ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21de6c1983e7451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcac1dfdf60a8462e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c121c7dfe540ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0427700618b643ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Hedge Fund VIPs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>179,413</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>179,116</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>