--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5023c5ced089450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3943317b767041a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0427700618b643ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1ce12a2c93543a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39c121c7dfe540ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0427700618b643ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d743c900203473f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1ce12a2c93543a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Hedge Fund VIPs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,576</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>