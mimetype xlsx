--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90cd63dfc8da4c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06fed2fc19554f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78776fc592464a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5535786266064025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742183d773744d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78776fc592464a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9f4758bdff4d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5535786266064025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Compound</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>215,284</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>