--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06fed2fc19554f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecf384857d64990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5535786266064025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R665b84ce46e54f6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9f4758bdff4d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5535786266064025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6c8578dc3947da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R665b84ce46e54f6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Compound</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>220,631</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,596</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>226,449</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>