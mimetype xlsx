--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecf384857d64990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R388e308919384f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R665b84ce46e54f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870dd5a6e1c9491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a6c8578dc3947da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R665b84ce46e54f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47209e82308f4483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870dd5a6e1c9491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Compound</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UUB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>