--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade3ea25ccba4847" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02654cac0a74052" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R544c19e37a384058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36967a06a7bd4b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0352dc80acb4780" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R544c19e37a384058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6516b815c2c4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36967a06a7bd4b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNS World High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>