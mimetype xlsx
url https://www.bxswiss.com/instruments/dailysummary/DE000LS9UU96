--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re02654cac0a74052" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352f4de974074fbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36967a06a7bd4b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cabaa4bb8ba4485"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6516b815c2c4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36967a06a7bd4b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6822c7cae5014cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cabaa4bb8ba4485" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNS World High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,371</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>