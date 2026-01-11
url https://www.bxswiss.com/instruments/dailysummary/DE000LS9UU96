--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352f4de974074fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40175927ead4b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cabaa4bb8ba4485"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0515a9a88b1e474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6822c7cae5014cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cabaa4bb8ba4485" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R567d1bcc2b794722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0515a9a88b1e474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNS World High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>123,115</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,021</x:t>
-[...566 lines deleted...]
-          <x:t>121,774</x:t>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>