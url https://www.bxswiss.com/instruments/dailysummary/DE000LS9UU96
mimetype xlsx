--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf40175927ead4b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1880fe6488954173" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0515a9a88b1e474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf022761b193545f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R567d1bcc2b794722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0515a9a88b1e474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R942b4f32b85c4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf022761b193545f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNS World High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,519</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>