--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1880fe6488954173" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c53f09019a4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf022761b193545f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123b0ca5585441e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R942b4f32b85c4b4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf022761b193545f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd09e69fa3094b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123b0ca5585441e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNS World High Performers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>115,853</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,296</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>114,289</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>