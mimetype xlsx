--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf233dcc7ffc1446b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317ffd7774c349eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38adfff68f8e4fe4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25db9fb9ef774e9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c55db98303d42bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38adfff68f8e4fe4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14a269a27794c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25db9fb9ef774e9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aequilibrium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>107,906</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,717</x:t>
-[...193 lines deleted...]
-          <x:t>110,303</x:t>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>