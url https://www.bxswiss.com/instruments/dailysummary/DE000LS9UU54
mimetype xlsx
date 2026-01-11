--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R317ffd7774c349eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ac343fa007492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25db9fb9ef774e9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc57926f5ea304808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14a269a27794c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25db9fb9ef774e9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7c2f4af1104d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc57926f5ea304808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aequilibrium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>