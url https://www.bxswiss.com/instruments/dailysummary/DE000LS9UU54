--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31ac343fa007492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b69ea7a42da44b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc57926f5ea304808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393c9ab171614cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7c2f4af1104d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc57926f5ea304808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c975cc286544632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393c9ab171614cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aequilibrium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,804</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>