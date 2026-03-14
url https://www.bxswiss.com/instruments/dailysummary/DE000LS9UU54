--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b69ea7a42da44b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R075bb9a1904e4b9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393c9ab171614cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3c2496c844b4a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c975cc286544632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393c9ab171614cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81485a1f1e6d4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3c2496c844b4a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aequilibrium</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>