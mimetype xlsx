--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9771ceca500f49b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a628b6209af454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99628932691d4545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9242e75d3cb4738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148c690758e74814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99628932691d4545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f5cc33669643de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9242e75d3cb4738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopWerte Staatsfonds Norwegen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>