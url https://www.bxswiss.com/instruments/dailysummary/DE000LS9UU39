--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a628b6209af454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ed4a9dbbc346fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9242e75d3cb4738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dfdb0c2dcc940fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f5cc33669643de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9242e75d3cb4738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bdc7a35f9934c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dfdb0c2dcc940fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopWerte Staatsfonds Norwegen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,652</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>