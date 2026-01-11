--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ed4a9dbbc346fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d05b277ca34ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dfdb0c2dcc940fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc71d5522f64924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bdc7a35f9934c1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dfdb0c2dcc940fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7978152cc0343a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc71d5522f64924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopWerte Staatsfonds Norwegen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,711</x:t>
-[...247 lines deleted...]
-          <x:t>119,993</x:t>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...100 lines deleted...]
-          <x:t>120,030</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>