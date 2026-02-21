--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d05b277ca34ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f0002e59bd49f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc71d5522f64924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra613b3c17412450c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7978152cc0343a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc71d5522f64924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51ba9fb498a44a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra613b3c17412450c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopWerte Staatsfonds Norwegen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>123,900</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>