--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93796fe106474be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29bceb2c9354b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf338f97a127a49d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f270a82fa574c24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d134b9e928642c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf338f97a127a49d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbaa98e774bd4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f270a82fa574c24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>