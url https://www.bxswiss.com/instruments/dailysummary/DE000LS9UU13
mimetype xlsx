--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29bceb2c9354b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b100c1e2d9946b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f270a82fa574c24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba9d8465831a4a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbaa98e774bd4963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f270a82fa574c24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f089d70b7674d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba9d8465831a4a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,084</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>