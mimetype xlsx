--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b100c1e2d9946b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra457ab72ddcc402c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba9d8465831a4a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d234b73fdc4362"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f089d70b7674d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba9d8465831a4a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f474d75b3a946dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d234b73fdc4362" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>139,633</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>144,111</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>