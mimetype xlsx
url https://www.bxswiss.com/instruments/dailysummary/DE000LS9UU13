--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra457ab72ddcc402c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a51bca9a8b4627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d234b73fdc4362"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f9073df15e4f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f474d75b3a946dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d234b73fdc4362" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0eb12224ff84076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f9073df15e4f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UU13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,861</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>