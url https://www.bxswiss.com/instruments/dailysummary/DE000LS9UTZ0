--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc3da65163945be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da6cb6825924dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd11a48b00e204bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e8c35d732f34056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc804ac7440941b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd11a48b00e204bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2265c5d7571e40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e8c35d732f34056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mental Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>