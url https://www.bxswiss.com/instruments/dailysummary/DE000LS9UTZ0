--- v1 (2025-11-10)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da6cb6825924dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4041eabdd14263" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e8c35d732f34056"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895ef662815846f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2265c5d7571e40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e8c35d732f34056" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd89ca7a9344e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895ef662815846f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mental Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>125,405</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,119</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>120,451</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>