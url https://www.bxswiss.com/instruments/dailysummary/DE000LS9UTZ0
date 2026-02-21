--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4041eabdd14263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc471f3fbe9a44b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895ef662815846f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7c8496e6ca4edf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd89ca7a9344e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895ef662815846f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2ee017b0ed45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7c8496e6ca4edf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mental Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>119,563</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>