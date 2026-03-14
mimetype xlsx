--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc471f3fbe9a44b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbcc3a3528204e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb7c8496e6ca4edf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07111c300ea4ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e2ee017b0ed45d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb7c8496e6ca4edf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd8413a3e72841e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07111c300ea4ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Mental Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>