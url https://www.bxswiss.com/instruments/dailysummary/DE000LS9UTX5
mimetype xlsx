--- v0 (2025-10-03)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14078a9eeba04a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10aba3f385a04c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9a3e5caa5c54972"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c7850e68f34554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20cadc0137994236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9a3e5caa5c54972" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda72f258016d4c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c7850e68f34554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BehindTheCurtain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,141</x:t>
-[...318 lines deleted...]
-          <x:t>106,932</x:t>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,875</x:t>
-[...301 lines deleted...]
-          <x:t>110,109</x:t>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>