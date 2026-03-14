--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10aba3f385a04c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra693605154094f8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78c7850e68f34554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd3e0434976c4a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda72f258016d4c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78c7850e68f34554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf571d2c7da524933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd3e0434976c4a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BehindTheCurtain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,341</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>