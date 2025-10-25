--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e4d4505044e492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46bfeb2bc8542cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a0487f5234840d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e037779eedb4977"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bca9bbcccf948b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a0487f5234840d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdabcff4d3aaa4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e037779eedb4977" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global IT Quality Return Equal W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,482</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>