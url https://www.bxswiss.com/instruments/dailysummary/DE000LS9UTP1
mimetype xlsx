--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46bfeb2bc8542cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5964fa72a84050" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e037779eedb4977"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9939fa849e4a41bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdabcff4d3aaa4020" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e037779eedb4977" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44370da67e94202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9939fa849e4a41bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global IT Quality Return Equal W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>140,128</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,899</x:t>
-[...404 lines deleted...]
-          <x:t>146,706</x:t>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>