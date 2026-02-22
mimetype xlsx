--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5964fa72a84050" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d8164e0ba04146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9939fa849e4a41bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8debf472d20f40d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44370da67e94202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9939fa849e4a41bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123c94e92a1c4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8debf472d20f40d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global IT Quality Return Equal W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>157,154</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>