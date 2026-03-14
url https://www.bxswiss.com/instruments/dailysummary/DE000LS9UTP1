--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60d8164e0ba04146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57f43a0a52bf4799" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8debf472d20f40d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30cfd70026a049e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123c94e92a1c4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8debf472d20f40d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8723e9ad67b4c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30cfd70026a049e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global IT Quality Return Equal W</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>151,077</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...343 lines deleted...]
-          <x:t>157,769</x:t>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>