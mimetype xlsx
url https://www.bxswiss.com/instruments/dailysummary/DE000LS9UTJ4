--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15cc021680d640a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4414980c8eb14511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe92b2264d364fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1b8f83257e416c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2039f4bf3ffb4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe92b2264d364fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d4c0dec1594ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1b8f83257e416c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solidvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,654</x:t>
-[...36 lines deleted...]
-          <x:t>131,457</x:t>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>