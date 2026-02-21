--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4414980c8eb14511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05069bbb65bd4d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1b8f83257e416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9736c3eebbd4c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d4c0dec1594ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1b8f83257e416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35fc38854b594ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9736c3eebbd4c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solidvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>130,262</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,049</x:t>
-[...566 lines deleted...]
-          <x:t>130,859</x:t>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>