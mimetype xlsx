--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05069bbb65bd4d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb872140d4a224964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9736c3eebbd4c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5894fe4bd834778"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35fc38854b594ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9736c3eebbd4c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14cf4b5cce954bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5894fe4bd834778" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solidvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UTJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,355</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>