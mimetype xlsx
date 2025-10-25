--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1f80cede3f74530" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b4d578dc34461d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd768b960aa454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95bd177007e649fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac4724c2beb4643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd768b960aa454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd45583a344aa42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95bd177007e649fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>156,487</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,720</x:t>
-[...301 lines deleted...]
-          <x:t>156,996</x:t>
+          <x:t>157,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>