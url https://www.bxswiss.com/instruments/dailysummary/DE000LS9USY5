--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23b4d578dc34461d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c43da3cc8b449e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95bd177007e649fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5dedcb9c984336"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd45583a344aa42c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95bd177007e649fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87b4a43ad50547dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5dedcb9c984336" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,001</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>