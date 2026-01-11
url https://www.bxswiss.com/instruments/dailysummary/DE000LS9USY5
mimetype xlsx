--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c43da3cc8b449e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bc36f88a32842c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5dedcb9c984336"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf017a104ce14bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87b4a43ad50547dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5dedcb9c984336" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae027aba48294b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf017a104ce14bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,918</x:t>
-[...576 lines deleted...]
-          <x:t>147,384</x:t>
+          <x:t>148,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>