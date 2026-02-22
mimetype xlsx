--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bc36f88a32842c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07cf5a972a045b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf017a104ce14bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1fe166fcd541db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae027aba48294b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf017a104ce14bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0626f82b354231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1fe166fcd541db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,174</x:t>
-[...360 lines deleted...]
-          <x:t>151,792</x:t>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>