--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re07cf5a972a045b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b8253c799942c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1fe166fcd541db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef931e5a66e4a8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d0626f82b354231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1fe166fcd541db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2312561598504c40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef931e5a66e4a8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing Schweiz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,581</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>