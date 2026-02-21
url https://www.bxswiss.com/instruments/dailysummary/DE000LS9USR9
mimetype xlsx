--- v0 (2026-01-08)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363eff7a36b94c35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789f5e0b370c4bd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23b169f96284b52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a0b898d60104864"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4258864a155450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23b169f96284b52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bee01f05ba04b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a0b898d60104864" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Wind und Sonne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...119 lines deleted...]
-          <x:t>72,497</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,831</x:t>
-[...301 lines deleted...]
-          <x:t>73,881</x:t>
+          <x:t>73,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>