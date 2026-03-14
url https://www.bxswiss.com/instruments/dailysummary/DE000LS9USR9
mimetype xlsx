--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789f5e0b370c4bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83eb98297ca6463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a0b898d60104864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92a1d7b81241444f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bee01f05ba04b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a0b898d60104864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ba474d1f9ec42f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92a1d7b81241444f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Wind und Sonne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,761</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>