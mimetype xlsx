--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445d6283dc224cb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac94b52dbe14c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0be5212254c40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98af6a71951c4d8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b15af7c40b48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0be5212254c40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra312a197d6ff4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98af6a71951c4d8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha-Tower</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,112</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>