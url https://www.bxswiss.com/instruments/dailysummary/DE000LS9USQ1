--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac94b52dbe14c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8615c25f2bc4667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98af6a71951c4d8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cb14bfe6b74a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra312a197d6ff4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98af6a71951c4d8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098fd716205742e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cb14bfe6b74a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha-Tower</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>