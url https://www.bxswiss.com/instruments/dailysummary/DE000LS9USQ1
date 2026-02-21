--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8615c25f2bc4667" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e7bbff406f4fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cb14bfe6b74a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368d2252c4b3478b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098fd716205742e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cb14bfe6b74a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1edac9c15114fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368d2252c4b3478b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha-Tower</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,324</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>