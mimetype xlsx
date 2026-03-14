--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4e7bbff406f4fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e667723db4422e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R368d2252c4b3478b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R025d79fd16b0489f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1edac9c15114fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R368d2252c4b3478b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78509b9f477b48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R025d79fd16b0489f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Alpha-Tower</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,715</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>147,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,219</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>