--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cbd57a5d90947f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72fdbd8b90f945dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0b5172d6f534906"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295760865c3a447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R880896f4ab444459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0b5172d6f534906" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5612b6e83bf04937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295760865c3a447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Nascent Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>