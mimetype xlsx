--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72fdbd8b90f945dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70c9cf1606c4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R295760865c3a447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc4b7a458e244f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5612b6e83bf04937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R295760865c3a447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b538fc98844c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc4b7a458e244f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Nascent Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>265,248</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>