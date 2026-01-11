--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70c9cf1606c4802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c031a85430240e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc4b7a458e244f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66d0f1a807041be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b538fc98844c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc4b7a458e244f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38dd50c5042b4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66d0f1a807041be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Nascent Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,933</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>