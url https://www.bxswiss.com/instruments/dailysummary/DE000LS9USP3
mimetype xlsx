--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c031a85430240e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red900b2ab8cf45fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66d0f1a807041be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R966b8a8054e34614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38dd50c5042b4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66d0f1a807041be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0414980b52a942fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R966b8a8054e34614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Nascent Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>295,002</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>