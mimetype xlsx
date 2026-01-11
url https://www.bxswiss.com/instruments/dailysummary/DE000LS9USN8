--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365282797b124932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18fa7fc8bca4a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ba17b18c524d3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref217119aded4751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2177af2fdf2a4e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ba17b18c524d3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1807b1baa031444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref217119aded4751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top 20 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,712</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>