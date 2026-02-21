--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb18fa7fc8bca4a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6e914502674358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref217119aded4751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e5211322ee4ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1807b1baa031444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref217119aded4751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e08fa595004493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e5211322ee4ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top 20 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>186,781</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,671</x:t>
-[...377 lines deleted...]
-          <x:t>188,884</x:t>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>