--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a6e914502674358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78bf0e30f6454351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e5211322ee4ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc39da808b5642fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e08fa595004493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e5211322ee4ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4f27cd4598948a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc39da808b5642fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Top 20 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,179</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>