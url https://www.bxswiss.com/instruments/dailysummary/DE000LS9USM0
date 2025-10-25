--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383f391b3ce64179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada8c4c02fa84c4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e0beca1bac434f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f30c2ecea24c03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8de5c11cbdc48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e0beca1bac434f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7aaf3fbe864478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f30c2ecea24c03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>