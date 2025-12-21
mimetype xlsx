--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada8c4c02fa84c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a001f0f72e4e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32f30c2ecea24c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf566addfc9f342b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a7aaf3fbe864478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32f30c2ecea24c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a4f05a487c40dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf566addfc9f342b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>128,577</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,590</x:t>
-[...134 lines deleted...]
-          <x:t>130,447</x:t>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>