--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a001f0f72e4e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95325c23a074a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf566addfc9f342b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725ea13ca59542bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a4f05a487c40dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf566addfc9f342b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8437b1f79204078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725ea13ca59542bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>