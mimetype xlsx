--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95325c23a074a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691b3c6917254c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725ea13ca59542bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c2700489c04867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8437b1f79204078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725ea13ca59542bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccdb0cf05fa49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c2700489c04867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>131,784</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>