--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R691b3c6917254c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ddb1a5de5ea425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c2700489c04867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7682a049648c4e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ccdb0cf05fa49c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c2700489c04867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77aa1c22bf844ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7682a049648c4e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Rocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>