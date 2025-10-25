--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb8dc476975442ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a6faf00c93430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784653adf02f4504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24924f26880542e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981a91b992274fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784653adf02f4504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca751e51dfb74263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24924f26880542e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopole und Duopole </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>