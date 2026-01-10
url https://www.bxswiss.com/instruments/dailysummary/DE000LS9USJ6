--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a6faf00c93430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa711a2df4eb4b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24924f26880542e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7baa5eee2f9494d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca751e51dfb74263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24924f26880542e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3b4a0ed3964b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7baa5eee2f9494d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopole und Duopole </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>100,919</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,865</x:t>
-[...200 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,558</x:t>
-[...252 lines deleted...]
-          <x:t>104,399</x:t>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>