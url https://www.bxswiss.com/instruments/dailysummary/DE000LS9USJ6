--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa711a2df4eb4b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac8fa21020c414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7baa5eee2f9494d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de11a7aa80e4d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3b4a0ed3964b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7baa5eee2f9494d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc9391ad68a447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de11a7aa80e4d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopole und Duopole </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>109,256</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>