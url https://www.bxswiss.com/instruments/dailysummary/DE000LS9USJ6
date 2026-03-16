--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac8fa21020c414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b176e551fe24da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de11a7aa80e4d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa3aa20cd0a4079"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbc9391ad68a447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de11a7aa80e4d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20b67690a934749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa3aa20cd0a4079" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Monopole und Duopole </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>