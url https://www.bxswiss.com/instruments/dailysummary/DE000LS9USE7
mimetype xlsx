--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ba082077164114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d29cc6b5cf6421e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d9c5cb900e44185"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9229bc16a6ca41dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9142123426745d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d9c5cb900e44185" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c5e26e38b742dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9229bc16a6ca41dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Aktienauswahl 2023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>