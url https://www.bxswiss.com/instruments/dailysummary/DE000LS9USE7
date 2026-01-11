--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d29cc6b5cf6421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8644f4b5b164465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9229bc16a6ca41dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9839971b284d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1c5e26e38b742dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9229bc16a6ca41dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca7b06513e94d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9839971b284d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Aktienauswahl 2023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,641</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>