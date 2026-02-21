--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8644f4b5b164465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc148bf55d5504f2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9839971b284d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6962250b4e504e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ca7b06513e94d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9839971b284d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bb3b62dd6784eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6962250b4e504e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Aktienauswahl 2023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,730</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>