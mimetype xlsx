--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc148bf55d5504f2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5b9189905f4e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6962250b4e504e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34ad2af6956f4dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bb3b62dd6784eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6962250b4e504e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R789d7bffc60a4035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34ad2af6956f4dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meine Aktienauswahl 2023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>