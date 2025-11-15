--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d7b54e054574f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b14cc8dcc84da0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725a764786f8409a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53f8b382e474c00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7ee4af20b94844" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725a764786f8409a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58fdaa45f6334aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53f8b382e474c00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of Nasdaq 100 - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>107,779</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>114,533</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>