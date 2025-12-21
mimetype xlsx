--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b14cc8dcc84da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4df21d487514774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53f8b382e474c00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R426aa4bd09f1469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58fdaa45f6334aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53f8b382e474c00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e5cf73967144e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R426aa4bd09f1469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of Nasdaq 100 - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,957</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>