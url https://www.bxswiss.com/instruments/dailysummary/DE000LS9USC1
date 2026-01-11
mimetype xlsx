--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4df21d487514774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a4366d2c064450" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R426aa4bd09f1469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2f0a1d3bdf4833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e5cf73967144e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R426aa4bd09f1469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31f1514cc164c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2f0a1d3bdf4833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of Nasdaq 100 - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>