--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04a4366d2c064450" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f6e4b3c87714507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e2f0a1d3bdf4833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re528423fd13444ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf31f1514cc164c2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e2f0a1d3bdf4833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963d1fa5285a4e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re528423fd13444ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of Nasdaq 100 - Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9USC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>