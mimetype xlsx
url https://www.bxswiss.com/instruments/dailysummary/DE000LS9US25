--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bcb027cbc324f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7eef705e4d4473b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe80d53b97d4f0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221209a233b24b03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4aaa2a8dd804d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe80d53b97d4f0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf87e0397214bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221209a233b24b03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Decarbonized Future Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>