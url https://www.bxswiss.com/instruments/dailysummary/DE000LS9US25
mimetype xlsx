--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7eef705e4d4473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bae464241084bd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221209a233b24b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e8ae0e03fe49f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf87e0397214bad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221209a233b24b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08dfd4860e644026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e8ae0e03fe49f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Decarbonized Future Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>39,033</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,351</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...627 lines deleted...]
-          <x:t>41,815</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>