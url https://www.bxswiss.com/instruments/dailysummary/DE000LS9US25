--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bae464241084bd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed16e1e3e364952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e8ae0e03fe49f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ea68db260449ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08dfd4860e644026" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e8ae0e03fe49f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284c085d460e46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ea68db260449ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Decarbonized Future Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>40,543</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>