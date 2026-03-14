--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed16e1e3e364952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref45acafc77640de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64ea68db260449ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0099fff0cc81451a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284c085d460e46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64ea68db260449ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d59738d33b74925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0099fff0cc81451a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Decarbonized Future Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>