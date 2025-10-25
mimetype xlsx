--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3492e5d3ff54269" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343602d1bf194956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe8829c570514f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc750a1c68a544e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e29810c62704e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe8829c570514f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf8d8dd3cec49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc750a1c68a544e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>