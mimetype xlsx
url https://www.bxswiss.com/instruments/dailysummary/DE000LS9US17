--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343602d1bf194956" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b983e3b7a1e408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc750a1c68a544e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6541bf4177cc43e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf8d8dd3cec49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc750a1c68a544e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fc44cf9d1546d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6541bf4177cc43e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>