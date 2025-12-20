--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b983e3b7a1e408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00356c495cf14371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6541bf4177cc43e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1061a78ce39e46ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78fc44cf9d1546d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6541bf4177cc43e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffeed79ac57f408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1061a78ce39e46ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>229,034</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>