--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00356c495cf14371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f876397bf04d91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1061a78ce39e46ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b1286f0df4d4c52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffeed79ac57f408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1061a78ce39e46ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200f12daae0649ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b1286f0df4d4c52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>