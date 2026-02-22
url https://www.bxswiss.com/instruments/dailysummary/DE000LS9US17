--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f876397bf04d91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557b11c805094df7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b1286f0df4d4c52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce2f7f1600a42c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R200f12daae0649ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b1286f0df4d4c52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20807152451d4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce2f7f1600a42c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>264,994</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>