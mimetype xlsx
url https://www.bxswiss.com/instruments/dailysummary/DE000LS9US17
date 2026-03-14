--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R557b11c805094df7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53db1e0a7a804345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce2f7f1600a42c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf07f5aae91504204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20807152451d4fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce2f7f1600a42c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab89ccf64b844496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf07f5aae91504204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Les Quatre Saisons</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>