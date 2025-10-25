--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec254d7b20f14f30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cdc6f766b064490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc8651580e1c49ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17740a78e9514681"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c930f0c0fbf4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc8651580e1c49ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e74b826868f49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17740a78e9514681" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EPK Emerging Technology Ventures</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>