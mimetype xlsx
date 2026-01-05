--- v1 (2025-10-25)
+++ v2 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cdc6f766b064490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3da149bf95d40da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17740a78e9514681"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8461fa8c5994585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e74b826868f49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17740a78e9514681" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c8b166202045e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8461fa8c5994585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EPK Emerging Technology Ventures</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,718</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>