--- v2 (2026-01-05)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3da149bf95d40da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a5d20f41044214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8461fa8c5994585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra338f3e849324c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05c8b166202045e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8461fa8c5994585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a44876903e24342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra338f3e849324c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EPK Emerging Technology Ventures</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>130,064</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>