--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a5d20f41044214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6277ba2417b24bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra338f3e849324c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38751969b62a41b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a44876903e24342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra338f3e849324c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c510a6c58c74d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38751969b62a41b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EPK Emerging Technology Ventures</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9US09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>