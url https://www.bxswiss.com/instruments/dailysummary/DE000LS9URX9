--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d49417dcd6e47b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb53a160ddc44849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31dbf277d5a4e9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3b4ca9f20ad48c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8455d1d43c84ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31dbf277d5a4e9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae6d822df4240ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3b4ca9f20ad48c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>