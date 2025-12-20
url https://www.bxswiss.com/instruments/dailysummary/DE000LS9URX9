--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb53a160ddc44849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b37353c48574c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3b4ca9f20ad48c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf239c1ee49540aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ae6d822df4240ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3b4ca9f20ad48c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7da01653db4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf239c1ee49540aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,793</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>126,732</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>