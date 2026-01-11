--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b37353c48574c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f69d6451244c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf239c1ee49540aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379e4405041c474a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7da01653db4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf239c1ee49540aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f751a674d894bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379e4405041c474a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>