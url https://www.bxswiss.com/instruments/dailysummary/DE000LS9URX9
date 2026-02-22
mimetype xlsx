--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39f69d6451244c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb8444c9c9f4bf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R379e4405041c474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c5fce7ad104aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f751a674d894bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R379e4405041c474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0657cb82469943db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c5fce7ad104aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,769</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>