--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb8444c9c9f4bf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e72c37086b4001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c5fce7ad104aaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ac4e510bd44aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0657cb82469943db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c5fce7ad104aaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a9f0bd2948b418d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ac4e510bd44aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Musikzug Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URX9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,477</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>148,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,663</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>