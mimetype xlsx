--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re36dd4931f6c478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc10aedc93e24a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc69874577ff44710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9beff21ea249a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d96a3ebd2ff4579" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc69874577ff44710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c490ee6cda842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9beff21ea249a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANYOs Blue Chips Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,060</x:t>
-[...441 lines deleted...]
-          <x:t>98,231</x:t>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>