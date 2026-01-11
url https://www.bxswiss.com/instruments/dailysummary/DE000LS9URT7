--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc10aedc93e24a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra899f22bbe464e85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9beff21ea249a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36c1dbd7262741d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c490ee6cda842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9beff21ea249a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9375abdc284e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36c1dbd7262741d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANYOs Blue Chips Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>97,852</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,974</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,332</x:t>
-[...414 lines deleted...]
-          <x:t>97,170</x:t>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>