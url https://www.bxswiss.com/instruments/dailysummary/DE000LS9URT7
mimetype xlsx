--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra899f22bbe464e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd9f70f6a59c4a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36c1dbd7262741d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19722012f5d24dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a9375abdc284e50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36c1dbd7262741d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd144ede98771418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19722012f5d24dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANYOs Blue Chips Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,234</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>