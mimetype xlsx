--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd9f70f6a59c4a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d183fdb62ab4e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19722012f5d24dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb6ffb24f7574e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd144ede98771418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19722012f5d24dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba8d83bb46942e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb6ffb24f7574e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ANYOs Blue Chips Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URT7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,928</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>