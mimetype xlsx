--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc30764426e34dc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c92d6008ec7493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04bb3752f5da4fed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f814f88a924f3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5987e66d41f748f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04bb3752f5da4fed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93138ba4fd424e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f814f88a924f3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>528,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>522,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>525,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>553,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>558,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>546,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>