--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c92d6008ec7493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019063b70c4a4e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f814f88a924f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd120b25292fd4273"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93138ba4fd424e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f814f88a924f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b765e4ec1942c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd120b25292fd4273" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>507,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>515,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>