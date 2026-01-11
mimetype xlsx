--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R019063b70c4a4e4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68345d5df1e249f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd120b25292fd4273"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f3d2349c664a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1b765e4ec1942c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd120b25292fd4273" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bef1e02a25444d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f3d2349c664a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>363,548</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>