--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68345d5df1e249f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba6113eeb4f94dde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f3d2349c664a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3eb31dcf194df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bef1e02a25444d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f3d2349c664a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c736fa0fdc34b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3eb31dcf194df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>300,384</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>