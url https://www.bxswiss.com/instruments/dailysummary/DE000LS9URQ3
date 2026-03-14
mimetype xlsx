--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba6113eeb4f94dde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6a0e2a0b64465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3eb31dcf194df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fbec93584584a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c736fa0fdc34b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3eb31dcf194df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6edb28f3e6d54098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fbec93584584a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blockchainpioniere Bitcoin Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>