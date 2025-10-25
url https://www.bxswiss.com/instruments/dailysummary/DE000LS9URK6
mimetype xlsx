--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f4dd6fe69a46f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6a26f6d3c741e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34f7647e19fd4017"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621b5e1b3a554946"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59727ed3b6164ac3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34f7647e19fd4017" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612e21665ce14088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621b5e1b3a554946" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>