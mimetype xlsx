--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e6a26f6d3c741e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a65b75731a64f5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621b5e1b3a554946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81deba1e91904874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R612e21665ce14088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621b5e1b3a554946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R007ec7133caf47e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81deba1e91904874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,557</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>