--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a65b75731a64f5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9715b3f4150f4d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81deba1e91904874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bbbd229900248ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R007ec7133caf47e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81deba1e91904874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea852e96fe814946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bbbd229900248ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,559</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>