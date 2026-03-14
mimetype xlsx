--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9715b3f4150f4d06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a6ebf9f87e4855" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bbbd229900248ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fa0e25c19d4ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea852e96fe814946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bbbd229900248ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbf9ac7b547c42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fa0e25c19d4ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Aktiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>