--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fc0878d381e4ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3533aba9deae47a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64b6f7c7f5a4dc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65e0fb8ff554d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R167bb342b96f4d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64b6f7c7f5a4dc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda568e8e3c564281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65e0fb8ff554d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WhiteSwan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,426</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>110,048</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,554</x:t>
-[...215 lines deleted...]
-          <x:t>111,043</x:t>
+          <x:t>110,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>