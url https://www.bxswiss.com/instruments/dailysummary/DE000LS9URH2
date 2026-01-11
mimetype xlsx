--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3533aba9deae47a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf072ea87566b4c1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65e0fb8ff554d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87cd07f236bc444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda568e8e3c564281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65e0fb8ff554d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re595021eb7784070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87cd07f236bc444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WhiteSwan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>111,045</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,560</x:t>
-[...328 lines deleted...]
-          <x:t>111,056</x:t>
+          <x:t>109,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>