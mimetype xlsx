--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf072ea87566b4c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91a0117326e4353" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87cd07f236bc444e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26556e9e58d484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re595021eb7784070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87cd07f236bc444e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b971a3f684f4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26556e9e58d484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WhiteSwan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,804</x:t>
-[...225 lines deleted...]
-          <x:t>111,960</x:t>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>