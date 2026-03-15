--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re91a0117326e4353" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac1323c26394367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26556e9e58d484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78f3cb59476e4890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b971a3f684f4284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26556e9e58d484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7f43912fe44081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78f3cb59476e4890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WhiteSwan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,154</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>