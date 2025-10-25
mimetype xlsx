--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721f2c0d2c284eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cdaa9bade848c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43b32cc33f084a71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb23ff21da93481b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a431ac780854cc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43b32cc33f084a71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467f1b9a773641dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb23ff21da93481b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>