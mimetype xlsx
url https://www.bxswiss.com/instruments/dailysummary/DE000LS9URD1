--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cdaa9bade848c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c27671286cf47d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb23ff21da93481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b4734b8037498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467f1b9a773641dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb23ff21da93481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94737b206a9840a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b4734b8037498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>