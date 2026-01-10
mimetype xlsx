--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c27671286cf47d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed7dff953bb48d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74b4734b8037498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0654b044a8f411b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94737b206a9840a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74b4734b8037498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20329f041e994a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0654b044a8f411b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>137,916</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>108,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>