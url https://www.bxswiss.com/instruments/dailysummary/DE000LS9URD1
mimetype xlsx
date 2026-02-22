--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ed7dff953bb48d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc128874de74bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0654b044a8f411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945644d44c0749ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20329f041e994a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0654b044a8f411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2c6ec1c7fb477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945644d44c0749ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>129,709</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>