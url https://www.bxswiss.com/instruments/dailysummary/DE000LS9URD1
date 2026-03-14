--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbc128874de74bab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ecd1ce590d24f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945644d44c0749ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reae8869ebe8b4dcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb2c6ec1c7fb477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945644d44c0749ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eee32154cd64258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reae8869ebe8b4dcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology Innovation Leaders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>