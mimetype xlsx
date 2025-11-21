--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd5dc55c7a284f9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80546da2fd240c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0979d5b54c74df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d2b9fe5bfc42c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93b99671d904574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0979d5b54c74df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12869948191c46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d2b9fe5bfc42c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Market Strategie CH  </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,132</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>