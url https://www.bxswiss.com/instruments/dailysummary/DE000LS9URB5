--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re80546da2fd240c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528fc26f046c4dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10d2b9fe5bfc42c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re250652c3ec549d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12869948191c46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10d2b9fe5bfc42c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d632f5ff784195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re250652c3ec549d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Market Strategie CH  </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>