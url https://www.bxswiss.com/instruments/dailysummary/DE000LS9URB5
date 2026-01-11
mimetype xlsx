--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528fc26f046c4dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4080c0276fa74deb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re250652c3ec549d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037143e8f07544b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8d632f5ff784195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re250652c3ec549d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d4daa05e054ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037143e8f07544b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Market Strategie CH  </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>