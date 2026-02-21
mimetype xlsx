--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4080c0276fa74deb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a28d4e496d64fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037143e8f07544b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f305c5b9c874f1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79d4daa05e054ab7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037143e8f07544b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f229b02f5944dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f305c5b9c874f1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Market Strategie CH  </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>59,887</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>