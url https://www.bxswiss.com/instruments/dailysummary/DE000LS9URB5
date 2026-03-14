--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a28d4e496d64fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7976b0f298b448a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f305c5b9c874f1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf7e5bc351f4859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f229b02f5944dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f305c5b9c874f1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R427a89a923e84c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf7e5bc351f4859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Market Strategie CH  </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9URB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>53,512</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>55,452</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,719</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>53,921</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>