--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eefb438ae434b02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d8579a065d42fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07d95cb216174bb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892a558517464501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R056dba224c3148f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07d95cb216174bb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304a381b8a7143f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892a558517464501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tradeus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>106,774</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,825</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,843</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...391 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>