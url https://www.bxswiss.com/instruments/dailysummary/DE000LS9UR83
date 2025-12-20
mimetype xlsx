--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d8579a065d42fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7733364e0bac4413" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R892a558517464501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3017ae7d3c9448ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304a381b8a7143f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R892a558517464501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637457b64a92447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3017ae7d3c9448ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tradeus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>105,753</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>