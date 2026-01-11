--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7733364e0bac4413" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd304adb84534b1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3017ae7d3c9448ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fb389518a4495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637457b64a92447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3017ae7d3c9448ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1911365638f4434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fb389518a4495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tradeus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>106,749</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,673</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...192 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,775</x:t>
@@ -771,50 +312,293 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>