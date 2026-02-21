--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd304adb84534b1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3465b8ff2b84ff2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44fb389518a4495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f76d790a5f4562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1911365638f4434c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44fb389518a4495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c9e5fcfb364986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f76d790a5f4562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tradeus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>106,545</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>