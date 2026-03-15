--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3465b8ff2b84ff2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f109e4cdf74a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f76d790a5f4562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e88c8ff2985473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c9e5fcfb364986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f76d790a5f4562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82775f4e5ed4507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e88c8ff2985473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tradeus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR83</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>