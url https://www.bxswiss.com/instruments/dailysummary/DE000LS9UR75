--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55d43cbe8fd442bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e1fe2d34f0a46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf951a51d4fe34d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f6f0000727436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fc94e7cea1e42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf951a51d4fe34d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4787a86ee39430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f6f0000727436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Yield Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>