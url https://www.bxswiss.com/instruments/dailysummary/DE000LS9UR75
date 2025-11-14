--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e1fe2d34f0a46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1726e11a98d4ff6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f6f0000727436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d086d966b6c47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4787a86ee39430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f6f0000727436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fa68b94868467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d086d966b6c47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Yield Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>