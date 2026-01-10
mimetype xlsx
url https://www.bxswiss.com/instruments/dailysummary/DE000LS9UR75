--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1726e11a98d4ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ce180a2e95427a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d086d966b6c47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbaf3c70b27488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62fa68b94868467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d086d966b6c47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050a4102cb4a4267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbaf3c70b27488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Yield Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,679</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>