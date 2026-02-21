--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ce180a2e95427a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041f6cfc524c40b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dbaf3c70b27488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b160ce3279b4471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050a4102cb4a4267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dbaf3c70b27488e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceaba53332d54896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b160ce3279b4471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Yield Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>151,344</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>