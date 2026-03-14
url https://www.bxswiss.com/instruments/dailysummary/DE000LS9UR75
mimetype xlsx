--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041f6cfc524c40b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R241b48211aab4189" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b160ce3279b4471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece656cbe1b14150"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceaba53332d54896" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b160ce3279b4471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f022062584e4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece656cbe1b14150" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Yield Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>