--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b75177924a447cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f98a5b68b042bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ebceae399940bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec87a08fd39c442d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65ce8eb26fef4309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ebceae399940bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff309a7280534c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec87a08fd39c442d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Driven Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>