--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f98a5b68b042bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0f28b29e5e47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec87a08fd39c442d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fd514d807294c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff309a7280534c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec87a08fd39c442d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf588d56725454303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fd514d807294c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Driven Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,121</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>