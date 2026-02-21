--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c0f28b29e5e47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16baa3bdf4fd4027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fd514d807294c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8efbad06fc4c1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf588d56725454303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fd514d807294c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767292bd10c948de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8efbad06fc4c1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Driven Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>106,694</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,248</x:t>
-[...323 lines deleted...]
-          <x:t>111,784</x:t>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>