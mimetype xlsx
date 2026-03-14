--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16baa3bdf4fd4027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R100063927f0b473f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8efbad06fc4c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2744459ee3e4788"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R767292bd10c948de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8efbad06fc4c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27021c1b479d429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2744459ee3e4788" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Driven Top Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR67</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>