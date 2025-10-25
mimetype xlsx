--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4289b70dae495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0337a35f080b457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1a1a3c20b44a6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0e3beabb8d46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd234cb77d04d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1a1a3c20b44a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a69c97703f47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0e3beabb8d46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,591</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>