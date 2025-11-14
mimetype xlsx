--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0337a35f080b457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad05c9d9e39448ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb0e3beabb8d46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4457c8ce33444536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7a69c97703f47f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb0e3beabb8d46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499e9bf4c6db49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4457c8ce33444536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>