--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad05c9d9e39448ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a405f5b9543468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4457c8ce33444536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c1856a674a456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499e9bf4c6db49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4457c8ce33444536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945e359f8aa54303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c1856a674a456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>191,179</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>