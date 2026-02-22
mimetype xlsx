--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a405f5b9543468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474b895f58a9465d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70c1856a674a456e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc22cd0f9ae4234"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R945e359f8aa54303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70c1856a674a456e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a59d52afad49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc22cd0f9ae4234" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>198,636</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>