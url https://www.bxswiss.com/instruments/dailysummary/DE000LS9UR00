--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R474b895f58a9465d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a09dedc7fee453f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cc22cd0f9ae4234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50254a5d12a42d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40a59d52afad49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cc22cd0f9ae4234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d314c4cf728488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50254a5d12a42d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nikos Technologie Favoriten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UR00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>