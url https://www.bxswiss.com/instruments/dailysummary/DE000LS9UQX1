--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd938a2dc76c24fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7131042ffb1408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9d63cf947b44e71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebca0fb7d0ef4450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582a862a4da54eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9d63cf947b44e71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e0149aafbf4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebca0fb7d0ef4450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>