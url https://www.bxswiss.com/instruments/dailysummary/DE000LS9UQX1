--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7131042ffb1408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3795dec4daf476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebca0fb7d0ef4450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691d018b66994e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e0149aafbf4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebca0fb7d0ef4450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878818564d714205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691d018b66994e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>149,442</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,324</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,891</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,823</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>