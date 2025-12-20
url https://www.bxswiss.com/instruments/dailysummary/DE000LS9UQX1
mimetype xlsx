--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3795dec4daf476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f67a96d95d24eec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691d018b66994e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e33f6b3d004b61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878818564d714205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691d018b66994e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb154bccbaef4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e33f6b3d004b61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>