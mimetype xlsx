--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f67a96d95d24eec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c00294382f47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2e33f6b3d004b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a6e07e938548fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb154bccbaef4293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2e33f6b3d004b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a51999d9274456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a6e07e938548fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,309</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>145,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,157</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>