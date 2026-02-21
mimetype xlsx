--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c00294382f47bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1642013563414f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a6e07e938548fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cb74ca56e84213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a51999d9274456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a6e07e938548fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309f4576e260486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cb74ca56e84213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,146</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>