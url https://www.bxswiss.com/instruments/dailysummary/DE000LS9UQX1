--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1642013563414f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccad8d1b9e034989" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cb74ca56e84213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cd3806f2ae74b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309f4576e260486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cb74ca56e84213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe36ed46f75b4f14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cd3806f2ae74b3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech-Growth-Innovation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>