--- v0 (2025-10-04)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb82edd808724196" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7143da388d24ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0888aaba92934721"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a9d4186aae41a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb36c429d1b4eca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0888aaba92934721" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1720e8f293c847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a9d4186aae41a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>104,651</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,818</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>104,225</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,212</x:t>
-[...107 lines deleted...]
-          <x:t>102,476</x:t>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>104,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>