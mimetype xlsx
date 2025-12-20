--- v1 (2025-11-16)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7143da388d24ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c372ba536a944ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a9d4186aae41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref099c21c5ea49d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1720e8f293c847da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a9d4186aae41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a763ae8b1f14d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref099c21c5ea49d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>102,848</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>