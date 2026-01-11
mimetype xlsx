--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c372ba536a944ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a676f3216e4bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref099c21c5ea49d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd12dbefdf5b341b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a763ae8b1f14d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref099c21c5ea49d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62766025ff64f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd12dbefdf5b341b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,411</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>