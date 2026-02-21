--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a676f3216e4bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8bf9cb32d94da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd12dbefdf5b341b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebc589e164341c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf62766025ff64f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd12dbefdf5b341b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d5369ea84c404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebc589e164341c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>109,045</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>