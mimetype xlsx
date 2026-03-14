--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8bf9cb32d94da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a28395b2cc84cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdebc589e164341c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6b6a44ddf44720"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9d5369ea84c404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdebc589e164341c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a04ba0628044a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6b6a44ddf44720" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Growth Stocks 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>