--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree79dee4988e4b16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aacef1d5ab842f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be585b403014564"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77497d493b674dd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06ea04c3c52e4569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be585b403014564" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f2b8d15df4f41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77497d493b674dd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Galah Invest - Price and Volumen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>96,614</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,586</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>96,514</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>96,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>96,531</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>