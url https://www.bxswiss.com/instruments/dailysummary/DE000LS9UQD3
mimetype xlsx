--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aacef1d5ab842f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc499a7da41741dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77497d493b674dd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb165531954844f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f2b8d15df4f41ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77497d493b674dd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3160c359312546f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb165531954844f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Galah Invest - Price and Volumen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>96,413</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,514</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...467 lines deleted...]
-          <x:t>95,662</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,221</x:t>
-[...112 lines deleted...]
-          <x:t>95,586</x:t>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>