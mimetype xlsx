--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc499a7da41741dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f758ef77ed94c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb165531954844f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5069ffb3d88c4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3160c359312546f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb165531954844f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R682f1f256d5347fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5069ffb3d88c4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Galah Invest - Price and Volumen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,134</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>