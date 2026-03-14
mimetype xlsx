--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f758ef77ed94c54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R359708c199654d7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5069ffb3d88c4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda9952fc0d0342c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R682f1f256d5347fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5069ffb3d88c4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R134b211540684508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda9952fc0d0342c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Galah Invest - Price and Volumen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>