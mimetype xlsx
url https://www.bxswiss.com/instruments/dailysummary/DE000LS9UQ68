--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f18b2a457c34bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re346025ae5354888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6946a44d7a24b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6230067b534381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1af5440ad94036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6946a44d7a24b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff56d8e360a4752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6230067b534381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>