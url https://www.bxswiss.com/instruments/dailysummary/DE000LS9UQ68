--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re346025ae5354888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897407fe71004cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab6230067b534381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cca990a13fa4979"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ff56d8e360a4752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab6230067b534381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf56e586b9ce344ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cca990a13fa4979" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,232 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>164,081</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,803</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>166,504</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,211</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>