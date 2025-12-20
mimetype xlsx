--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R897407fe71004cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf028772f0354e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cca990a13fa4979"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07938f3e33d54ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf56e586b9ce344ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cca990a13fa4979" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bb01674f77e4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07938f3e33d54ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>