--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf028772f0354e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec62fc762ee640f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07938f3e33d54ab9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1927fcef1ad04c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bb01674f77e4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07938f3e33d54ab9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97874cd1952e44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1927fcef1ad04c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,597</x:t>
-[...603 lines deleted...]
-          <x:t>146,649</x:t>
+          <x:t>150,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>