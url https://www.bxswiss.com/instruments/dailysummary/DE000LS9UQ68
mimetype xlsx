--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec62fc762ee640f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6316a1593f4f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1927fcef1ad04c27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02814994f5ea447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97874cd1952e44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1927fcef1ad04c27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f3b11035c64c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02814994f5ea447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>152,773</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,596</x:t>
-[...31 lines deleted...]
-          <x:t>154,814</x:t>
+          <x:t>158,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>