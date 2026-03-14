--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6316a1593f4f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfa84bcf80f468c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02814994f5ea447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb390f164f8bd4498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f3b11035c64c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02814994f5ea447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0cb768dd61a4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb390f164f8bd4498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selected Ideas Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UQ68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>