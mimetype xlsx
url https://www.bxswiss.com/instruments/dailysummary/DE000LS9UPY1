--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a89b4febe1e4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ca28dc7e6d436e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e8caf40d9b4e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3432558f4f6f49d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e03b2cceada462c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e8caf40d9b4e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e6da3d16a84c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3432558f4f6f49d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topscorer nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>119,916</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,548</x:t>
-[...193 lines deleted...]
-          <x:t>122,312</x:t>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>