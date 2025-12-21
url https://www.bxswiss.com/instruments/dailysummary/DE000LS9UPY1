--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ca28dc7e6d436e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22656d08001c44f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3432558f4f6f49d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bf87476f37452e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55e6da3d16a84c39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3432558f4f6f49d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbfe6c892bce44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bf87476f37452e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topscorer nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>122,942</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>120,793</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>