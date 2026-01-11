--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22656d08001c44f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737fc550c2714b2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60bf87476f37452e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb8b23874d94f18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbfe6c892bce44e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60bf87476f37452e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9fc8cb245e44e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb8b23874d94f18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topscorer nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>