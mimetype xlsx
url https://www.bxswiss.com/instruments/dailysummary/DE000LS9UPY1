--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R737fc550c2714b2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb06ee923e34b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bb8b23874d94f18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e096f4116445be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9fc8cb245e44e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bb8b23874d94f18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ff324bea3a4a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e096f4116445be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topscorer nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>121,907</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,836</x:t>
-[...58 lines deleted...]
-          <x:t>122,793</x:t>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>