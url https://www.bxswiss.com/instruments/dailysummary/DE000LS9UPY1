--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffb06ee923e34b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da5913eeff044f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74e096f4116445be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cf40bdf2ed244e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ff324bea3a4a7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74e096f4116445be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70af8c8af8ad4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cf40bdf2ed244e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Topscorer nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPY1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>