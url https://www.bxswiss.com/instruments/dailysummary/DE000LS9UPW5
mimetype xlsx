--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431babe39ed14360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74d5386029d4ae0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e68f391385647be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221db45d2f564991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9770a030a12f43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e68f391385647be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d5c26c161d4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221db45d2f564991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>