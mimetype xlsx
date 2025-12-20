--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74d5386029d4ae0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ae23e9222f4b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221db45d2f564991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R231290c35b6944ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d5c26c161d4565" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221db45d2f564991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff3e2553b514246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R231290c35b6944ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>