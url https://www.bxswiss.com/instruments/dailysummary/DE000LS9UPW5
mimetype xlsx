--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ae23e9222f4b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read98cafe21e497e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R231290c35b6944ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e7feb30074e4ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff3e2553b514246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R231290c35b6944ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec7d4aee217492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e7feb30074e4ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>