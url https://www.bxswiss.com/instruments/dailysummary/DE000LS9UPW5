--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read98cafe21e497e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2881b792344a1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e7feb30074e4ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7378e515c3494c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ec7d4aee217492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e7feb30074e4ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be11790633e410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7378e515c3494c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>178,061</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,548</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>198,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>