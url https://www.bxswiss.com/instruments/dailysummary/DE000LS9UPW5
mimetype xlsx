--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2881b792344a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3c9185674a74f3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7378e515c3494c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ffab0808ed42a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3be11790633e410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7378e515c3494c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra09c53fc10bd4502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ffab0808ed42a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stable-Basics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>