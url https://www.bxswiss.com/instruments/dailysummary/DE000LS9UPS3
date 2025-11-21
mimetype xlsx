--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbdcc49f52a24417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56efa293776e48c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R007b28d6a0cd4d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa5862a42754b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e461e42f7694b06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R007b28d6a0cd4d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabfa93714ed24ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa5862a42754b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>