--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56efa293776e48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981a869b16b44034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa5862a42754b2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99e5a5409ece4c82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabfa93714ed24ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa5862a42754b2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4331a99881254a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99e5a5409ece4c82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>197,809</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,654</x:t>
-[...593 lines deleted...]
-          <x:t>190,398</x:t>
+          <x:t>191,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>