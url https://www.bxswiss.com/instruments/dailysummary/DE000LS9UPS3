--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981a869b16b44034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97399d6d6d734ef0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99e5a5409ece4c82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cac0bdb32cc49ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4331a99881254a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99e5a5409ece4c82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c122f7e70a741a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cac0bdb32cc49ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>