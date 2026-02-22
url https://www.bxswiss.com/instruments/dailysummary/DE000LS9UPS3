--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97399d6d6d734ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5394e0a4e1a04bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cac0bdb32cc49ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8051330d5fd54463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c122f7e70a741a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cac0bdb32cc49ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ab8833ec654e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8051330d5fd54463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>198,944</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>