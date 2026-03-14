--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5394e0a4e1a04bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e046fa9b57d44c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8051330d5fd54463"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf744d50609d84794"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8ab8833ec654e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8051330d5fd54463" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88b6166f9694140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf744d50609d84794" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>195,154</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>190,372</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>