--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b8c0698a3b4320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fe93db0f454b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re74255a9054c43d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ebcde4115214985"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9387dfcc2ee5445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re74255a9054c43d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b606ca8a684d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ebcde4115214985" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>173,743</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,952</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>172,964</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>