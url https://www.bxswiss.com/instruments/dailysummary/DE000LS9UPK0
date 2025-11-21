--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44fe93db0f454b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0c2eaeaee342e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ebcde4115214985"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra503d1e9ef0442cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8b606ca8a684d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ebcde4115214985" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R609935f8f59f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra503d1e9ef0442cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>