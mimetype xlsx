--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0c2eaeaee342e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5336ab947049e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra503d1e9ef0442cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233cfa0483dd48eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R609935f8f59f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra503d1e9ef0442cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749eba4e33dd49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233cfa0483dd48eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...517 lines deleted...]
-          <x:t>160,749</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,200</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>158,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>