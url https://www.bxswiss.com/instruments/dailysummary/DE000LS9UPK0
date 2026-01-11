--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab5336ab947049e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ccdfd7cbdb4877" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R233cfa0483dd48eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4be26d5558b54748"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R749eba4e33dd49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R233cfa0483dd48eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8bec7765e4147ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4be26d5558b54748" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>