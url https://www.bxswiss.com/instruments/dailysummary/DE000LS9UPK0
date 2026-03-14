--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ccdfd7cbdb4877" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22fea36308a5432c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4be26d5558b54748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb870f4395c2842e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8bec7765e4147ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4be26d5558b54748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64a3890c6d1d4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb870f4395c2842e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Whale Wisdom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UPK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,089</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>