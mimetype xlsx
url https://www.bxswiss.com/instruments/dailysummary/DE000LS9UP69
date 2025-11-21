--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f921780c0f4228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30077f998edd4649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red4b706f7d384715"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5fb1c0bd084454"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R063fe5a4499a4668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red4b706f7d384715" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98247bcaf15149af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5fb1c0bd084454" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Masters Unleashed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,615</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>