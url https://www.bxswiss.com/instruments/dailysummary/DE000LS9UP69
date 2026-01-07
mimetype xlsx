--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30077f998edd4649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd534593e80484cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d5fb1c0bd084454"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a108afda034a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98247bcaf15149af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d5fb1c0bd084454" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb1279ce48f4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a108afda034a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Masters Unleashed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,081</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>