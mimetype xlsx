--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd534593e80484cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3247d474639243d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12a108afda034a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54d6743a5dab4c8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb1279ce48f4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12a108afda034a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc4bbea334074668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54d6743a5dab4c8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment Masters Unleashed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP69</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>145,359</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>