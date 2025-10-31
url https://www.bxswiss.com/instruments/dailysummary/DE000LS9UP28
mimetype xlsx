--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R760b3ba7753b4f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336c03eb8d784376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R395b228bc2424295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da92da4d7f54d27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd14c22675a574572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R395b228bc2424295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e4c4bdaa5eb43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da92da4d7f54d27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>104,608</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,971</x:t>
-[...431 lines deleted...]
-          <x:t>103,585</x:t>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>