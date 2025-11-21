--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336c03eb8d784376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree4cee6f9b0740b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da92da4d7f54d27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0207f371a8334b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e4c4bdaa5eb43da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da92da4d7f54d27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4de610abf3d4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0207f371a8334b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>