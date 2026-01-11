--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree4cee6f9b0740b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73184ac327c7498d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0207f371a8334b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda65397d97a541d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4de610abf3d4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0207f371a8334b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1670eb9475b94a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda65397d97a541d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>102,613</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,851</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>102,282</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>