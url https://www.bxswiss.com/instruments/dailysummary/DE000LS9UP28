--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73184ac327c7498d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aae7d1503654aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda65397d97a541d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a972d55a86c429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1670eb9475b94a8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda65397d97a541d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d90027192924253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a972d55a86c429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>USA Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UP28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>106,631</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>